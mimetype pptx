--- v0 (2025-10-07)
+++ v1 (2026-03-03)
@@ -1,7513 +1,4134 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="fntdata" ContentType="application/x-fontdata"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" embedTrueTypeFonts="1" saveSubsetFonts="1">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" embedTrueTypeFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
   </p:sldMasterIdLst>
+  <p:notesMasterIdLst>
+    <p:notesMasterId r:id="rId17"/>
+  </p:notesMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="256" r:id="rId5"/>
-[...10 lines deleted...]
-    <p:sldId id="267" r:id="rId16"/>
+    <p:sldId id="269" r:id="rId5"/>
+    <p:sldId id="261" r:id="rId6"/>
+    <p:sldId id="273" r:id="rId7"/>
+    <p:sldId id="270" r:id="rId8"/>
+    <p:sldId id="271" r:id="rId9"/>
+    <p:sldId id="275" r:id="rId10"/>
+    <p:sldId id="262" r:id="rId11"/>
+    <p:sldId id="272" r:id="rId12"/>
+    <p:sldId id="276" r:id="rId13"/>
+    <p:sldId id="277" r:id="rId14"/>
+    <p:sldId id="278" r:id="rId15"/>
+    <p:sldId id="264" r:id="rId16"/>
   </p:sldIdLst>
-  <p:sldSz cx="18288000" cy="10287000"/>
+  <p:sldSz cx="24385588" cy="13717588"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:embeddedFontLst>
     <p:embeddedFont>
-      <p:font typeface="PP Pangram Sans Rounded" panose="020B0604020202020204" charset="0"/>
-      <p:regular r:id="rId17"/>
+      <p:font typeface="Asap Italic" panose="020B0604020202020204" charset="0"/>
+      <p:italic r:id="rId18"/>
     </p:embeddedFont>
   </p:embeddedFontLst>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
-    <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+    <a:lvl1pPr marL="0" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="3600" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
-    <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+    <a:lvl2pPr marL="914446" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="3600" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
-    <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+    <a:lvl3pPr marL="1828891" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="3600" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl3pPr>
-    <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+    <a:lvl4pPr marL="2743337" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="3600" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl4pPr>
-    <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+    <a:lvl5pPr marL="3657783" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="3600" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl5pPr>
-    <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+    <a:lvl6pPr marL="4572229" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="3600" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl6pPr>
-    <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+    <a:lvl7pPr marL="5486674" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="3600" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
-    <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+    <a:lvl8pPr marL="6401120" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="3600" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
-    <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+    <a:lvl9pPr marL="7315566" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="3600" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-        <p15:guide id="1" orient="horz" pos="2160">
+        <p15:guide id="1" orient="horz" pos="4321">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="2" pos="2880">
+        <p15:guide id="2" pos="7681">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
-      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
+      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="96"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{314784CD-D20C-B95E-3CFB-A2AD9A9D2697}" v="57" dt="2025-02-21T00:13:00.319"/>
+    <p1510:client id="{0D291388-B384-0C94-3E9D-8B7780D6A5F4}" v="5" dt="2026-02-11T21:14:29.773"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
-    <p:restoredLeft sz="28318" autoAdjust="0"/>
-    <p:restoredTop sz="94622" autoAdjust="0"/>
+    <p:restoredLeft sz="15611"/>
+    <p:restoredTop sz="94726"/>
   </p:normalViewPr>
   <p:slideViewPr>
-    <p:cSldViewPr>
+    <p:cSldViewPr snapToGrid="0" snapToObjects="1">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="69" d="100"/>
-          <a:sy n="69" d="100"/>
+          <a:sx n="53" d="100"/>
+          <a:sy n="53" d="100"/>
         </p:scale>
-        <p:origin x="108" y="168"/>
+        <p:origin x="798" y="96"/>
       </p:cViewPr>
       <p:guideLst>
-        <p:guide orient="horz" pos="2160"/>
-        <p:guide pos="2880"/>
+        <p:guide orient="horz" pos="4321"/>
+        <p:guide pos="7681"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
-  <p:outlineViewPr>
-[...7 lines deleted...]
-  </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
-        <a:sx n="100" d="100"/>
-        <a:sy n="100" d="100"/>
+        <a:sx n="1" d="1"/>
+        <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
-  <p:gridSpacing cx="76200" cy="76200"/>
+  <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
-    <pc:chgData name="Stephanie Brown" userId="S::stephanie.brown@mentalhealth.org.nz::ae62c961-85dd-4da3-94a5-8f55ca49c311" providerId="AD" clId="Web-{4F4ECC81-02AB-5961-CCEC-A46C7449E5A0}"/>
+    <pc:chgData name="Stephanie Brown" userId="S::stephanie.brown@mentalhealth.org.nz::ae62c961-85dd-4da3-94a5-8f55ca49c311" providerId="AD" clId="Web-{0D291388-B384-0C94-3E9D-8B7780D6A5F4}"/>
     <pc:docChg chg="modSld">
-      <pc:chgData name="Stephanie Brown" userId="S::stephanie.brown@mentalhealth.org.nz::ae62c961-85dd-4da3-94a5-8f55ca49c311" providerId="AD" clId="Web-{4F4ECC81-02AB-5961-CCEC-A46C7449E5A0}" dt="2025-01-24T00:01:28.684" v="256" actId="20577"/>
-[...285 lines deleted...]
-      <pc:chgData name="Stephanie Brown" userId="S::stephanie.brown@mentalhealth.org.nz::ae62c961-85dd-4da3-94a5-8f55ca49c311" providerId="AD" clId="Web-{7B37141E-4D0C-5319-CF07-95FF88222021}" dt="2024-12-02T22:52:57.677" v="3" actId="20577"/>
+      <pc:chgData name="Stephanie Brown" userId="S::stephanie.brown@mentalhealth.org.nz::ae62c961-85dd-4da3-94a5-8f55ca49c311" providerId="AD" clId="Web-{0D291388-B384-0C94-3E9D-8B7780D6A5F4}" dt="2026-02-11T21:14:29.773" v="3" actId="20577"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Stephanie Brown" userId="S::stephanie.brown@mentalhealth.org.nz::ae62c961-85dd-4da3-94a5-8f55ca49c311" providerId="AD" clId="Web-{7B37141E-4D0C-5319-CF07-95FF88222021}" dt="2024-12-02T22:52:57.677" v="3" actId="20577"/>
+        <pc:chgData name="Stephanie Brown" userId="S::stephanie.brown@mentalhealth.org.nz::ae62c961-85dd-4da3-94a5-8f55ca49c311" providerId="AD" clId="Web-{0D291388-B384-0C94-3E9D-8B7780D6A5F4}" dt="2026-02-11T21:14:29.773" v="3" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="0" sldId="258"/>
+          <pc:sldMk cId="4065393511" sldId="269"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Stephanie Brown" userId="S::stephanie.brown@mentalhealth.org.nz::ae62c961-85dd-4da3-94a5-8f55ca49c311" providerId="AD" clId="Web-{7B37141E-4D0C-5319-CF07-95FF88222021}" dt="2024-12-02T22:52:57.677" v="3" actId="20577"/>
+          <ac:chgData name="Stephanie Brown" userId="S::stephanie.brown@mentalhealth.org.nz::ae62c961-85dd-4da3-94a5-8f55ca49c311" providerId="AD" clId="Web-{0D291388-B384-0C94-3E9D-8B7780D6A5F4}" dt="2026-02-11T21:14:29.773" v="3" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="0" sldId="258"/>
-[...170 lines deleted...]
-            <pc:sldMk cId="0" sldId="261"/>
+            <pc:sldMk cId="4065393511" sldId="269"/>
             <ac:spMk id="2" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
-  <pc:docChgLst>
-[...37 lines deleted...]
-  </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2457 lines deleted...]
-<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title Placeholder 1"/>
+          <p:cNvPr id="2" name="Header Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="hdr" sz="quarter"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="2971800" cy="458788"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Date Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3884613" y="0"/>
+            <a:ext cx="2971800" cy="458788"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{3D916359-3E14-4E48-A883-1A0D2F3E3E76}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>2/11/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="1143000"/>
+            <a:ext cx="5486400" cy="3086100"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:prstClr val="black"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Notes Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-GB"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-GB"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-GB"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-GB"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-GB"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Footer Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="8685213"/>
+            <a:ext cx="2971800" cy="458787"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3884613" y="8685213"/>
+            <a:ext cx="2971800" cy="458787"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{EA5EBF26-D6D7-E642-B739-A32DD5879310}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="345766586"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:notesStyle>
+    <a:lvl1pPr marL="0" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="2400" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl1pPr>
+    <a:lvl2pPr marL="914446" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="2400" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl2pPr>
+    <a:lvl3pPr marL="1828891" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="2400" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl3pPr>
+    <a:lvl4pPr marL="2743337" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="2400" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl4pPr>
+    <a:lvl5pPr marL="3657783" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="2400" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl5pPr>
+    <a:lvl6pPr marL="4572229" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="2400" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl6pPr>
+    <a:lvl7pPr marL="5486674" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="2400" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl7pPr>
+    <a:lvl8pPr marL="6401120" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="2400" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl8pPr>
+    <a:lvl9pPr marL="7315566" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="2400" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl9pPr>
+  </p:notesStyle>
+</p:notesMaster>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="5_Blank">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3074" name="Picture 2"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="10828" y="3427"/>
+            <a:ext cx="24363930" cy="13710038"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rounded Rectangle 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5921599" y="9347205"/>
+            <a:ext cx="12542390" cy="2554086"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx2">
+              <a:lumMod val="40000"/>
+              <a:lumOff val="60000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-NZ"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{F6D694B2-4C02-614A-9D20-5089336A2867}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5921599" y="9465736"/>
+            <a:ext cx="12542390" cy="2015067"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="10000">
+                <a:solidFill>
+                  <a:schemeClr val="bg2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="mi-NZ" dirty="0"/>
+              <a:t>Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="675245416"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
+  <p:cSld name="Title Slide">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 2"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="4737" y="0"/>
+            <a:ext cx="24376113" cy="13716894"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4148666" y="1482980"/>
+            <a:ext cx="16137467" cy="1819014"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="12000" baseline="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="mi-NZ" dirty="0"/>
+              <a:t>Question Number</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Subtitle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3048199" y="5655734"/>
+            <a:ext cx="18289191" cy="6499552"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="7000"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914446" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="4000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1828891" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="3600"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="2743337" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="3200"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="3657783" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="3200"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="4572229" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="3200"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="5486674" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="3200"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="6401120" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="3200"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="7315566" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="3200"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="mi-NZ" dirty="0"/>
+              <a:t>Click to edit Master subtitle style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{F6D694B2-4C02-614A-9D20-5089336A2867}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="883560385"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
+  <p:cSld name="1_Title Slide">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Picture 2"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="4737" y="0"/>
+            <a:ext cx="24376112" cy="13716893"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4148666" y="1449114"/>
+            <a:ext cx="16137467" cy="1819014"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="12000" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="mi-NZ" dirty="0"/>
+              <a:t>Question Number</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Subtitle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3048199" y="5655734"/>
+            <a:ext cx="18289191" cy="6499552"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="7000">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914446" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="4000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1828891" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="3600"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="2743337" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="3200"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="3657783" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="3200"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="4572229" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="3200"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="5486674" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="3200"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="6401120" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="3200"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="7315566" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="3200"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="mi-NZ" dirty="0"/>
+              <a:t>Click to edit Master subtitle style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{F6D694B2-4C02-614A-9D20-5089336A2867}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2793399487"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
+  <p:cSld name="3_Title and Content">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9218" name="Picture 2"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="24385587" cy="13716893"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...15 lines deleted...]
-              <a:rPr lang="en-US"/>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="mi-NZ" dirty="0"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-          </a:p>
-[...4 lines deleted...]
-          <p:cNvPr id="3" name="Text Placeholder 2"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" idx="1"/>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...70 lines deleted...]
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr algn="l">
-[...4 lines deleted...]
-                  </a:schemeClr>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
-[...41 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="mi-NZ" dirty="0"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="mi-NZ" dirty="0"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="mi-NZ" dirty="0"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="mi-NZ" dirty="0"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="mi-NZ" dirty="0"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="4"/>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...22 lines deleted...]
-            <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{F6D694B2-4C02-614A-9D20-5089336A2867}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2084057587"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
-  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
-[...315 lines deleted...]
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
-          <a:srgbClr val="E43775"/>
+          <a:schemeClr val="bg2"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Freeform 2"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="2" name="Title Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2309886" y="1084782"/>
-[...53 lines deleted...]
-            <a:ext cx="4575444" cy="3141886"/>
+            <a:off x="1676509" y="730336"/>
+            <a:ext cx="21032570" cy="2651433"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
-            <a:spAutoFit/>
+          <a:bodyPr vert="horz" lIns="182889" tIns="91445" rIns="182889" bIns="91445" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
-[...49 lines deleted...]
-        </p:blipFill>
+            <a:r>
+              <a:rPr lang="mi-NZ"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="391630" y="132280"/>
-            <a:ext cx="1905004" cy="1905004"/>
+            <a:off x="1676509" y="3651673"/>
+            <a:ext cx="21032570" cy="8703684"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="182889" tIns="91445" rIns="182889" bIns="91445" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="mi-NZ"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="mi-NZ"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="mi-NZ"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="mi-NZ"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="mi-NZ"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1676509" y="12714173"/>
+            <a:ext cx="5486757" cy="730335"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="182889" tIns="91445" rIns="182889" bIns="91445" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9E69A4B6-357F-944F-ACC9-958689701F63}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>2/11/2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8077726" y="12714173"/>
+            <a:ext cx="8230136" cy="730335"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="182889" tIns="91445" rIns="182889" bIns="91445" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="18475471" y="12155286"/>
+            <a:ext cx="5486757" cy="730335"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="182889" tIns="91445" rIns="182889" bIns="91445" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="4000">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{F6D694B2-4C02-614A-9D20-5089336A2867}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2005196908"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMap bg1="dk1" tx1="lt1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:sldLayoutIdLst>
+    <p:sldLayoutId id="2147483673" r:id="rId1"/>
+    <p:sldLayoutId id="2147483649" r:id="rId2"/>
+    <p:sldLayoutId id="2147483674" r:id="rId3"/>
+    <p:sldLayoutId id="2147483670" r:id="rId4"/>
+  </p:sldLayoutIdLst>
+  <p:txStyles>
+    <p:titleStyle>
+      <a:lvl1pPr algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:buNone/>
+        <a:defRPr sz="8800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mj-lt"/>
+          <a:ea typeface="+mj-ea"/>
+          <a:cs typeface="+mj-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+    </p:titleStyle>
+    <p:bodyStyle>
+      <a:lvl1pPr marL="457223" indent="-457223" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="2000"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="5600" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="1371669" indent="-457223" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="1000"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="4800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="2286114" indent="-457223" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="1000"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="4000" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="3200560" indent="-457223" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="1000"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="3600" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="4115006" indent="-457223" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="1000"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="3600" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="5029451" indent="-457223" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="1000"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="3600" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="5943897" indent="-457223" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="1000"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="3600" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="6858343" indent="-457223" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="1000"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="3600" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="7772789" indent="-457223" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="1000"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="3600" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:bodyStyle>
+    <p:otherStyle>
+      <a:defPPr>
+        <a:defRPr lang="en-US"/>
+      </a:defPPr>
+      <a:lvl1pPr marL="0" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="3600" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="914446" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="3600" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="1828891" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="3600" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="2743337" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="3600" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="3657783" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="3600" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="4572229" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="3600" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="5486674" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="3600" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="6401120" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="3600" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="7315566" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="3600" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:otherStyle>
+  </p:txStyles>
+</p:sldMaster>
+</file>
+
+<file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5921599" y="9447807"/>
+            <a:ext cx="12542390" cy="2015067"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-NZ" dirty="0"/>
+              <a:t>PINK QUIZ</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-NZ"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4065393511"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Freeform 2"/>
-[...41 lines deleted...]
-        </p:spPr>
+          <p:cNvPr id="6" name="Title 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-NZ"/>
+              <a:t>Question 9</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-NZ" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Subtitle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-NZ"/>
-[...283 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>True or false: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Pink Shirt Day began in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>Aotearoa</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-NZ" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3869486077"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Freeform 2"/>
-[...67 lines deleted...]
-            <a:spAutoFit/>
+          <p:cNvPr id="6" name="Title 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
-[...78 lines deleted...]
-            <a:spAutoFit/>
+            <a:r>
+              <a:rPr lang="en-NZ" dirty="0"/>
+              <a:t>Question 10</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Subtitle 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
-[...18 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>True or False: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Flamingos lose their pink </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>colour</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>if they do not consume the correct diet.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3985553663"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
-    <p:bg>
-[...6 lines deleted...]
-    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Freeform 2"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="4" name="Title 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-NZ" sz="11500" dirty="0"/>
+              <a:t>Answers</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Content Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1141" y="0"/>
-            <a:ext cx="18288000" cy="10287000"/>
+            <a:off x="1676509" y="3101788"/>
+            <a:ext cx="21032570" cy="10094259"/>
           </a:xfrm>
-          <a:custGeom>
-[...31 lines deleted...]
-          </a:blipFill>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...23 lines deleted...]
-            <a:spAutoFit/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="77500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="1174750" lvl="1" indent="-742950">
               <a:lnSpc>
                 <a:spcPts val="5599"/>
               </a:lnSpc>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" dirty="0">
+              <a:rPr lang="en-US" sz="4000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="PP Pangram Sans Rounded"/>
               </a:rPr>
-              <a:t>The </a:t>
-[...46 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="3200" dirty="0" err="1"/>
+              <a:t>LOMIANFG = Flamingo  /  WAETRLOMEN = Watermelon  /  GPI = Pig.</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1174750" lvl="1" indent="-742950">
               <a:lnSpc>
                 <a:spcPts val="5599"/>
               </a:lnSpc>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" dirty="0">
+              <a:rPr lang="en-US" sz="4000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="PP Pangram Sans Rounded"/>
               </a:rPr>
-              <a:t>False: The first Pink Shirt Day was held in Aotearoa in 2009</a:t>
+              <a:t>The </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>te</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> reo </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>kupu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> for pink is </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Māwhero</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1174750" lvl="1" indent="-742950">
               <a:lnSpc>
                 <a:spcPts val="5599"/>
               </a:lnSpc>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" dirty="0">
+              <a:rPr lang="en-US" sz="4000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="PP Pangram Sans Rounded"/>
               </a:rPr>
-              <a:t>A) 2023 B) 2021 C) 2024</a:t>
+              <a:t>Winnie-the-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Pooh's</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> friend who is known for their </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>timidness</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> is Piglet.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1174750" lvl="1" indent="-742950">
               <a:lnSpc>
                 <a:spcPts val="5599"/>
               </a:lnSpc>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" dirty="0">
+              <a:rPr lang="en-US" sz="4000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="PP Pangram Sans Rounded"/>
               </a:rPr>
-              <a:t>True: The name of the official Pink Shirt Day </a:t>
-[...33 lines deleted...]
-            </a:endParaRPr>
+              <a:t>A ‘Pink Lady’ is an Apple.</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1174750" lvl="1" indent="-742950">
               <a:lnSpc>
                 <a:spcPts val="5599"/>
               </a:lnSpc>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" dirty="0">
+              <a:rPr lang="en-US" sz="4000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="PP Pangram Sans Rounded"/>
               </a:rPr>
-              <a:t>False: Pink Shirt Day began in Canada in 2007 when two students took a stand against homophobic bullying after a new student was bullied for wearing pink.</a:t>
+              <a:t>C: The </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>colours</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> that make pink are red and white.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1174750" lvl="1" indent="-742950">
               <a:lnSpc>
                 <a:spcPts val="5599"/>
               </a:lnSpc>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" dirty="0">
+              <a:rPr lang="en-US" sz="4000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="PP Pangram Sans Rounded"/>
               </a:rPr>
-              <a:t>Dua Lipa sang ‘Dance The Night’ in the Barbie movie</a:t>
+              <a:t>B: Margot Robbie played Barbie in the 2023 movie.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1174750" lvl="1" indent="-742950">
               <a:lnSpc>
                 <a:spcPts val="5599"/>
               </a:lnSpc>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" dirty="0">
+              <a:rPr lang="en-US" sz="4000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="PP Pangram Sans Rounded"/>
               </a:rPr>
-              <a:t>B) </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="3200" dirty="0" err="1">
+              <a:t>Coconut Ice is the sweet treat made from coconut and is </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="PP Pangram Sans Rounded"/>
               </a:rPr>
-              <a:t>P!nk</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="3200" dirty="0">
+              <a:t>coloured</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="PP Pangram Sans Rounded"/>
               </a:rPr>
-              <a:t> was known for her bold pink hair early in her career</a:t>
+              <a:t> pink and white.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1174750" lvl="1" indent="-742950">
               <a:lnSpc>
                 <a:spcPts val="5599"/>
               </a:lnSpc>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" dirty="0">
+              <a:rPr lang="en-US" sz="4000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="PP Pangram Sans Rounded"/>
               </a:rPr>
-              <a:t>A flamingo stands on one leg</a:t>
+              <a:t>Pinky Bar is the chocolate bar that matches the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>colour</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> of its packaging.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1174750" lvl="1" indent="-742950">
               <a:lnSpc>
                 <a:spcPts val="5599"/>
               </a:lnSpc>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" dirty="0">
+              <a:rPr lang="en-US" sz="4000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="PP Pangram Sans Rounded"/>
               </a:rPr>
-              <a:t>A) The cherry blossom is the national flower of Japan</a:t>
+              <a:t>FALSE. Pink Shirt Day first began in Canada in 2007 when two students took a stand against homophobic bullying after a new student was bullied for wearing pink. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1174750" lvl="1" indent="-742950">
               <a:lnSpc>
                 <a:spcPts val="5599"/>
               </a:lnSpc>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" dirty="0">
+              <a:rPr lang="en-US" sz="4000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="PP Pangram Sans Rounded"/>
               </a:rPr>
-              <a:t>Coconut Ice is the sweet treat made from coconut and is </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="3200" dirty="0" err="1">
+              <a:t>TRUE. Flamingos get their </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="PP Pangram Sans Rounded"/>
               </a:rPr>
-              <a:t>coloured</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="3200" dirty="0">
+              <a:t>colour</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="PP Pangram Sans Rounded"/>
               </a:rPr>
-              <a:t> pink and white</a:t>
-[...90 lines deleted...]
-      </p:pic>
+              <a:t> from carotenoid-rich foods. If they are not consuming enough foods that contain this, or use up the nutrients while feeding their young, their feathers fade or even turn white.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="720743307"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Freeform 2"/>
-[...67 lines deleted...]
-            <a:spAutoFit/>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
-[...120 lines deleted...]
-            <a:spAutoFit/>
+            <a:r>
+              <a:rPr lang="en-NZ" dirty="0"/>
+              <a:t>Question 1</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Subtitle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
-[...18 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Unscramble the following pink things </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="5800" dirty="0"/>
+              <a:t>(one point per word): </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>LOMIANFG</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>WAETRLOMEN</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>GPI</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-NZ" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4266003283"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Freeform 2"/>
-[...41 lines deleted...]
-        </p:spPr>
+          <p:cNvPr id="6" name="Title 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-NZ" dirty="0"/>
+              <a:t>Question 2</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Subtitle 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-NZ"/>
-[...145 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>What is the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>te</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> reo </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>kupu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>for pink?</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-NZ" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="89017743"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Freeform 2"/>
-[...41 lines deleted...]
-        </p:spPr>
+          <p:cNvPr id="6" name="Title 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-NZ" dirty="0"/>
+              <a:t>Question 3</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Subtitle 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-NZ"/>
-[...372 lines deleted...]
-      </p:pic>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Which of Winnie-the-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>Pooh's</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> friends </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>is known for their </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>timidness</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>? </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-NZ" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3675490178"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Freeform 2"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="6" name="Title 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-NZ" dirty="0"/>
+              <a:t>Question 4</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Subtitle 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="0"/>
-            <a:ext cx="18288000" cy="10287000"/>
+            <a:off x="3048198" y="6222662"/>
+            <a:ext cx="18289191" cy="6499552"/>
           </a:xfrm>
-          <a:custGeom>
-[...31 lines deleted...]
-          </a:blipFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-NZ"/>
-[...196 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>What kind of fruit is a 'Pink Lady'?</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-NZ" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2594386804"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Freeform 2"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="6" name="Title 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-NZ" dirty="0"/>
+              <a:t>Question 5</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Subtitle 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="0"/>
-            <a:ext cx="18288000" cy="10287000"/>
+            <a:off x="3048199" y="5655733"/>
+            <a:ext cx="18289191" cy="6267325"/>
           </a:xfrm>
-          <a:custGeom>
-[...31 lines deleted...]
-          </a:blipFill>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...23 lines deleted...]
-            <a:spAutoFit/>
+          <a:bodyPr>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
-[...12 lines deleted...]
-                <a:latin typeface="PP Pangram Sans Rounded"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>What two </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>colours</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> make the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>colour</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> pink?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>True or false: </a:t>
-[...16 lines deleted...]
-                <a:latin typeface="PP Pangram Sans Rounded"/>
+              <a:t>A) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Red and yellow</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Pink Shirt Day began in Aotearoa</a:t>
-[...77 lines deleted...]
-                <a:latin typeface="PP Pangram Sans Rounded"/>
+              <a:t>B) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Orange and yellow</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Question 5</a:t>
-[...6 lines deleted...]
-            </a:endParaRPr>
+              <a:t>C) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Red and white</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1108754084"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Freeform 2"/>
-[...41 lines deleted...]
-        </p:spPr>
+          <p:cNvPr id="6" name="Title 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-NZ" dirty="0"/>
+              <a:t>Question 6</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Subtitle 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-NZ"/>
-[...37 lines deleted...]
-                <a:latin typeface="PP Pangram Sans Rounded"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Who played Barbie in the 2023 Barbie movie?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Who sang the lead single, Dance the Night, in the Barbie movie?</a:t>
-[...77 lines deleted...]
-                <a:latin typeface="PP Pangram Sans Rounded"/>
+              <a:t>A) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Meryl Streep</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
               </a:rPr>
-              <a:t>Question 6</a:t>
-[...6 lines deleted...]
-            </a:endParaRPr>
+              <a:t>B) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Margot Robbie</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>C) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Scarlett Johansson</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2542542645"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Freeform 2"/>
-[...67 lines deleted...]
-            <a:spAutoFit/>
+          <p:cNvPr id="6" name="Title 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
-[...162 lines deleted...]
-            <a:spAutoFit/>
+            <a:r>
+              <a:rPr lang="en-NZ" dirty="0"/>
+              <a:t>Question 7</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Subtitle 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
-[...18 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>What sweet treat made from coconut is </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>coloured</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> pink and white?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="390475760"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Freeform 2"/>
-[...67 lines deleted...]
-            <a:spAutoFit/>
+          <p:cNvPr id="6" name="Title 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
-[...78 lines deleted...]
-            <a:spAutoFit/>
+            <a:r>
+              <a:rPr lang="en-NZ" dirty="0"/>
+              <a:t>Question 8</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Subtitle 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
-[...18 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>What Cadbury chocolate bar's </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>name matches the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>colour</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>of its packaging?</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4172433270"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+  <a:themeElements>
+    <a:clrScheme name="PSD2026">
+      <a:dk1>
+        <a:srgbClr val="3F3B39"/>
+      </a:dk1>
+      <a:lt1>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="EE3378"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="F289B7"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="FDED9D"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="EE3378"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="3F3B39"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="F289B7"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="5B3426"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="A5CDD3"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="EE3378"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="F289B7"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="PSD 2026">
+      <a:majorFont>
+        <a:latin typeface="Atrament"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Asap Italic"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
+</file>
+
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Approval xmlns="2c42301b-c6dd-4269-91b9-17c9a1ee7006" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="2c42301b-c6dd-4269-91b9-17c9a1ee7006" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2c42301b-c6dd-4269-91b9-17c9a1ee7006">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <ReadbyPA xmlns="2c42301b-c6dd-4269-91b9-17c9a1ee7006">false</ReadbyPA>
+    <TaxCatchAll xmlns="629fa9f3-65f0-4f99-94e6-4f6d9e273c92" xsi:nil="true"/>
+    <Approved xmlns="2c42301b-c6dd-4269-91b9-17c9a1ee7006" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2c42301b-c6dd-4269-91b9-17c9a1ee7006" xmlns:ns3="629fa9f3-65f0-4f99-94e6-4f6d9e273c92" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="68677a8dddbbc40bdd51371ad178d677" ns2:_="" ns3:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B84FD6E4ED07F54582C79FFB8031B374" ma:contentTypeVersion="23" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5dc6ce99b2f6e1b89ddbac99bf0bc9cd">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2c42301b-c6dd-4269-91b9-17c9a1ee7006" xmlns:ns3="629fa9f3-65f0-4f99-94e6-4f6d9e273c92" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="378e762510e5f654c782510967702543" ns2:_="" ns3:_="">
     <xsd:import namespace="2c42301b-c6dd-4269-91b9-17c9a1ee7006"/>
     <xsd:import namespace="629fa9f3-65f0-4f99-94e6-4f6d9e273c92"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:ReadbyPA" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:Approval" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:Approved" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2c42301b-c6dd-4269-91b9-17c9a1ee7006" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -7576,50 +4197,55 @@
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Approval" ma:index="27" nillable="true" ma:displayName="Approval " ma:description="Sent to Diego " ma:format="Dropdown" ma:internalName="Approval">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="Needs review  "/>
           <xsd:enumeration value="Sent "/>
           <xsd:enumeration value="Choice 3"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="28" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Approved" ma:index="29" nillable="true" ma:displayName="Approved" ma:format="Dropdown" ma:internalName="Approved">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="Draft"/>
           <xsd:enumeration value="Under review"/>
           <xsd:enumeration value="Approved"/>
         </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="30" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="629fa9f3-65f0-4f99-94e6-4f6d9e273c92" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -7719,153 +4345,142 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B7D278A9-EB81-4728-A9C2-0F9A5EAE34AC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{010A55FF-CCF8-47D4-BE18-90A4D4DCF2DE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="629fa9f3-65f0-4f99-94e6-4f6d9e273c92"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="2c42301b-c6dd-4269-91b9-17c9a1ee7006"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8EB739FB-66BB-4412-B22F-B46E578E6B57}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9D695BF4-DF9E-4854-A416-8E2E5FAABEE2}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{203801A5-C0EF-4C6F-BC36-CB7D69D53AA9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2c42301b-c6dd-4269-91b9-17c9a1ee7006"/>
     <ds:schemaRef ds:uri="629fa9f3-65f0-4f99-94e6-4f6d9e273c92"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>277</Words>
+  <Words>329</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Custom</PresentationFormat>
-  <Paragraphs>41</Paragraphs>
+  <Paragraphs>49</Paragraphs>
   <Slides>12</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>12</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="13" baseType="lpstr">
       <vt:lpstr>Office Theme</vt:lpstr>
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
-[...10 lines deleted...]
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PINK QUIZ</vt:lpstr>
+      <vt:lpstr>Question 1</vt:lpstr>
+      <vt:lpstr>Question 2</vt:lpstr>
+      <vt:lpstr>Question 3</vt:lpstr>
+      <vt:lpstr>Question 4</vt:lpstr>
+      <vt:lpstr>Question 5</vt:lpstr>
+      <vt:lpstr>Question 6</vt:lpstr>
+      <vt:lpstr>Question 7</vt:lpstr>
+      <vt:lpstr>Question 8</vt:lpstr>
+      <vt:lpstr>Question 9</vt:lpstr>
+      <vt:lpstr>Question 10</vt:lpstr>
+      <vt:lpstr>Answers</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>PSD Pink Quiz</dc:title>
-  <dc:creator>Stephanie Brown</dc:creator>
+  <dc:title>PowerPoint Presentation</dc:title>
+  <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:identifier>DAF7Z5Xzfb0</dc:identifier>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B84FD6E4ED07F54582C79FFB8031B374</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>