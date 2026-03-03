--- v0 (2025-10-12)
+++ v1 (2026-03-03)
@@ -1,865 +1,298 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="fntdata" ContentType="application/x-fontdata"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
-  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
-  <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" embedTrueTypeFonts="1" saveSubsetFonts="1">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" embedTrueTypeFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId18"/>
+    <p:notesMasterId r:id="rId17"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="256" r:id="rId5"/>
-[...11 lines deleted...]
-    <p:sldId id="268" r:id="rId17"/>
+    <p:sldId id="269" r:id="rId5"/>
+    <p:sldId id="275" r:id="rId6"/>
+    <p:sldId id="262" r:id="rId7"/>
+    <p:sldId id="270" r:id="rId8"/>
+    <p:sldId id="271" r:id="rId9"/>
+    <p:sldId id="279" r:id="rId10"/>
+    <p:sldId id="273" r:id="rId11"/>
+    <p:sldId id="272" r:id="rId12"/>
+    <p:sldId id="278" r:id="rId13"/>
+    <p:sldId id="281" r:id="rId14"/>
+    <p:sldId id="282" r:id="rId15"/>
+    <p:sldId id="264" r:id="rId16"/>
   </p:sldIdLst>
-  <p:sldSz cx="18288000" cy="10287000"/>
+  <p:sldSz cx="24385588" cy="13717588"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:embeddedFontLst>
     <p:embeddedFont>
-      <p:font typeface="PP Pangram Sans Rounded" panose="020B0604020202020204" charset="0"/>
-      <p:regular r:id="rId19"/>
+      <p:font typeface="Asap Italic" panose="020B0604020202020204" charset="0"/>
+      <p:italic r:id="rId18"/>
     </p:embeddedFont>
   </p:embeddedFontLst>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
-    <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+    <a:lvl1pPr marL="0" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="3600" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
-    <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+    <a:lvl2pPr marL="914446" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="3600" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
-    <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+    <a:lvl3pPr marL="1828891" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="3600" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl3pPr>
-    <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+    <a:lvl4pPr marL="2743337" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="3600" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl4pPr>
-    <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+    <a:lvl5pPr marL="3657783" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="3600" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl5pPr>
-    <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+    <a:lvl6pPr marL="4572229" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="3600" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl6pPr>
-    <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+    <a:lvl7pPr marL="5486674" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="3600" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
-    <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+    <a:lvl8pPr marL="6401120" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="3600" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
-    <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1800" kern="1200">
+    <a:lvl9pPr marL="7315566" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="3600" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-        <p15:guide id="1" orient="horz" pos="2160">
+        <p15:guide id="1" orient="horz" pos="4321">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="2" pos="2880">
+        <p15:guide id="2" pos="7681">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
-</file>
-[...5 lines deleted...]
-</p188:authorLst>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
-      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
+      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="96"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
-<file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:normalViewPr>
-[...2 lines deleted...]
-  </p:normalViewPr>
   <p:slideViewPr>
-    <p:cSldViewPr>
-      <p:cViewPr varScale="1">
+    <p:cSldViewPr snapToGrid="0">
+      <p:cViewPr>
         <p:scale>
-          <a:sx n="72" d="100"/>
-          <a:sy n="72" d="100"/>
+          <a:sx n="1" d="2"/>
+          <a:sy n="1" d="2"/>
         </p:scale>
-        <p:origin x="654" y="66"/>
+        <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst>
-        <p:guide orient="horz" pos="2160"/>
-        <p:guide pos="2880"/>
+        <p:guide orient="horz" pos="4321"/>
+        <p:guide pos="7681"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
-  <p:outlineViewPr>
-[...16 lines deleted...]
-  </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId26" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
-    <pc:chgData name="Stephanie Brown" userId="S::stephanie.brown@mentalhealth.org.nz::ae62c961-85dd-4da3-94a5-8f55ca49c311" providerId="AD" clId="Web-{43CECF74-104D-1039-06D9-13679013A444}"/>
-[...1 lines deleted...]
-      <pc:chgData name="Stephanie Brown" userId="S::stephanie.brown@mentalhealth.org.nz::ae62c961-85dd-4da3-94a5-8f55ca49c311" providerId="AD" clId="Web-{43CECF74-104D-1039-06D9-13679013A444}" dt="2025-02-25T19:45:02.984" v="45" actId="20577"/>
+    <pc:chgData name="Stephanie Brown" userId="S::stephanie.brown@mentalhealth.org.nz::ae62c961-85dd-4da3-94a5-8f55ca49c311" providerId="AD" clId="Web-{0CA637BB-53FD-7B9E-8138-1337856B3544}"/>
+    <pc:docChg chg="addSld delSld modSld">
+      <pc:chgData name="Stephanie Brown" userId="S::stephanie.brown@mentalhealth.org.nz::ae62c961-85dd-4da3-94a5-8f55ca49c311" providerId="AD" clId="Web-{0CA637BB-53FD-7B9E-8138-1337856B3544}" dt="2026-02-11T21:10:03.470" v="14" actId="14100"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
-      <pc:sldChg chg="modSp">
-        <pc:chgData name="Stephanie Brown" userId="S::stephanie.brown@mentalhealth.org.nz::ae62c961-85dd-4da3-94a5-8f55ca49c311" providerId="AD" clId="Web-{43CECF74-104D-1039-06D9-13679013A444}" dt="2025-02-25T19:43:01.716" v="20" actId="14100"/>
+      <pc:sldChg chg="modSp add del">
+        <pc:chgData name="Stephanie Brown" userId="S::stephanie.brown@mentalhealth.org.nz::ae62c961-85dd-4da3-94a5-8f55ca49c311" providerId="AD" clId="Web-{0CA637BB-53FD-7B9E-8138-1337856B3544}" dt="2026-02-11T21:10:03.470" v="14" actId="14100"/>
         <pc:sldMkLst>
           <pc:docMk/>
-          <pc:sldMk cId="0" sldId="259"/>
+          <pc:sldMk cId="2542542645" sldId="262"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Stephanie Brown" userId="S::stephanie.brown@mentalhealth.org.nz::ae62c961-85dd-4da3-94a5-8f55ca49c311" providerId="AD" clId="Web-{43CECF74-104D-1039-06D9-13679013A444}" dt="2025-02-25T19:43:01.716" v="20" actId="14100"/>
+          <ac:chgData name="Stephanie Brown" userId="S::stephanie.brown@mentalhealth.org.nz::ae62c961-85dd-4da3-94a5-8f55ca49c311" providerId="AD" clId="Web-{0CA637BB-53FD-7B9E-8138-1337856B3544}" dt="2026-02-11T21:10:03.470" v="14" actId="14100"/>
           <ac:spMkLst>
             <pc:docMk/>
-            <pc:sldMk cId="0" sldId="259"/>
-[...519 lines deleted...]
-            <ac:spMk id="7" creationId="{CCF9087C-0772-0032-B480-ADA368F1B190}"/>
+            <pc:sldMk cId="2542542645" sldId="262"/>
+            <ac:spMk id="7" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -877,7470 +310,3719 @@
           <p:cNvPr id="2" name="Header Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="en-NZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{0776DFBC-D1B3-4544-B4BD-96EC53DF5573}" type="datetimeFigureOut">
-[...1 lines deleted...]
-              <a:t>25/02/2025</a:t>
+            <a:fld id="{3D916359-3E14-4E48-A883-1A0D2F3E3E76}" type="datetimeFigureOut">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>2/19/2026</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-NZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:prstClr val="black"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-NZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Notes Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4400550"/>
             <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US"/>
+              <a:rPr lang="en-GB"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US"/>
+              <a:rPr lang="en-GB"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US"/>
+              <a:rPr lang="en-GB"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US"/>
+              <a:rPr lang="en-GB"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US"/>
+              <a:rPr lang="en-GB"/>
               <a:t>Fifth level</a:t>
             </a:r>
-            <a:endParaRPr lang="en-NZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="en-NZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{28F161D3-3989-48FB-9805-20EBFF860753}" type="slidenum">
-              <a:rPr lang="en-NZ" smtClean="0"/>
+            <a:fld id="{EA5EBF26-D6D7-E642-B739-A32DD5879310}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-NZ"/>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2709635153"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="345766586"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:notesStyle>
-    <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1200" kern="1200">
+    <a:lvl1pPr marL="0" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="2400" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
-    <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1200" kern="1200">
+    <a:lvl2pPr marL="914446" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="2400" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
-    <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1200" kern="1200">
+    <a:lvl3pPr marL="1828891" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="2400" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl3pPr>
-    <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1200" kern="1200">
+    <a:lvl4pPr marL="2743337" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="2400" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl4pPr>
-    <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1200" kern="1200">
+    <a:lvl5pPr marL="3657783" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="2400" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl5pPr>
-    <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1200" kern="1200">
+    <a:lvl6pPr marL="4572229" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="2400" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl6pPr>
-    <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1200" kern="1200">
+    <a:lvl7pPr marL="5486674" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="2400" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
-    <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1200" kern="1200">
+    <a:lvl8pPr marL="6401120" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="2400" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
-    <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr sz="1200" kern="1200">
+    <a:lvl9pPr marL="7315566" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="2400" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
-[...19 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="5_Blank">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3074" name="Picture 2"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="10828" y="3427"/>
+            <a:ext cx="24363930" cy="13710038"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rounded Rectangle 1"/>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3384927" y="9347205"/>
+            <a:ext cx="17615734" cy="2554086"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx2">
+              <a:lumMod val="40000"/>
+              <a:lumOff val="60000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-NZ"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{F6D694B2-4C02-614A-9D20-5089336A2867}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3384927" y="9465736"/>
+            <a:ext cx="17615734" cy="2015067"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="10000">
+                <a:solidFill>
+                  <a:schemeClr val="bg2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="mi-NZ"/>
+              <a:t>Title</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="675245416"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title Slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 2"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="4737" y="0"/>
+            <a:ext cx="24376113" cy="13716894"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ctrTitle"/>
+            <p:ph type="ctrTitle" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="685800" y="2130425"/>
-            <a:ext cx="7772400" cy="1470025"/>
+            <a:off x="4148666" y="1482980"/>
+            <a:ext cx="16137467" cy="1819014"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...5 lines deleted...]
-            </a:r>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="12000" baseline="0"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="mi-NZ"/>
+              <a:t>Question Number</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Subtitle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1371600" y="3886200"/>
-            <a:ext cx="6400800" cy="1752600"/>
+            <a:off x="3048199" y="5655734"/>
+            <a:ext cx="18289191" cy="6499552"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
-              <a:defRPr>
-[...5 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="7000"/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+            <a:lvl2pPr marL="914446" indent="0" algn="ctr">
               <a:buNone/>
-              <a:defRPr>
-[...5 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="4000"/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+            <a:lvl3pPr marL="1828891" indent="0" algn="ctr">
               <a:buNone/>
-              <a:defRPr>
-[...5 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="3600"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+            <a:lvl4pPr marL="2743337" indent="0" algn="ctr">
               <a:buNone/>
-              <a:defRPr>
-[...5 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="3200"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+            <a:lvl5pPr marL="3657783" indent="0" algn="ctr">
               <a:buNone/>
-              <a:defRPr>
-[...5 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="3200"/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+            <a:lvl6pPr marL="4572229" indent="0" algn="ctr">
               <a:buNone/>
-              <a:defRPr>
-[...5 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="3200"/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+            <a:lvl7pPr marL="5486674" indent="0" algn="ctr">
               <a:buNone/>
-              <a:defRPr>
-[...5 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="3200"/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+            <a:lvl8pPr marL="6401120" indent="0" algn="ctr">
               <a:buNone/>
-              <a:defRPr>
-[...5 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="3200"/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+            <a:lvl9pPr marL="7315566" indent="0" algn="ctr">
               <a:buNone/>
-              <a:defRPr>
-[...5 lines deleted...]
-              </a:defRPr>
+              <a:defRPr sz="3200"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US"/>
+              <a:rPr lang="mi-NZ"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
-          </a:p>
-[...20 lines deleted...]
-            </a:fld>
             <a:endParaRPr lang="en-US"/>
-          </a:p>
-[...20 lines deleted...]
-            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
+            <a:fld id="{F6D694B2-4C02-614A-9D20-5089336A2867}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="883560385"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Title and Vertical Text">
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
+  <p:cSld name="1_Title Slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Picture 2"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="4737" y="0"/>
+            <a:ext cx="24376112" cy="13716893"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="ctrTitle" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4148666" y="1449114"/>
+            <a:ext cx="16137467" cy="1819014"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...5 lines deleted...]
-            </a:r>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="12000" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="mi-NZ"/>
+              <a:t>Question Number</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
+          <p:cNvPr id="3" name="Subtitle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" orient="vert" idx="1"/>
+            <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3048199" y="5655734"/>
+            <a:ext cx="18289191" cy="6499552"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="eaVert"/>
-[...56 lines deleted...]
-            </a:fld>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="7000">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="914446" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="4000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1828891" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="3600"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="2743337" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="3200"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="3657783" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="3200"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="4572229" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="3200"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="5486674" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="3200"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="6401120" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="3200"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="7315566" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="3200"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="mi-NZ"/>
+              <a:t>Click to edit Master subtitle style</a:t>
+            </a:r>
             <a:endParaRPr lang="en-US"/>
-          </a:p>
-[...20 lines deleted...]
-            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
+            <a:fld id="{F6D694B2-4C02-614A-9D20-5089336A2867}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2793399487"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Vertical Title and Text">
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
+  <p:cSld name="3_Title and Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9218" name="Picture 2"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="24385587" cy="13716893"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Vertical Title 1"/>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" orient="vert"/>
-[...82 lines deleted...]
-            <p:ph type="dt" sz="half" idx="10"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...4 lines deleted...]
-            </a:fld>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="mi-NZ"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Footer Placeholder 4"/>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ftr" sz="quarter" idx="11"/>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...4 lines deleted...]
-            </a:r>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="mi-NZ"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="mi-NZ"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="mi-NZ"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="mi-NZ"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="mi-NZ"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
+            <a:fld id="{F6D694B2-4C02-614A-9D20-5089336A2867}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2084057587"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1846 lines deleted...]
-
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
-      <p:bgRef idx="1001">
-[...1 lines deleted...]
-      </p:bgRef>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="bg2"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="274638"/>
-            <a:ext cx="8229600" cy="1143000"/>
+            <a:off x="1676509" y="730336"/>
+            <a:ext cx="21032570" cy="2651433"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+          <a:bodyPr vert="horz" lIns="182889" tIns="91445" rIns="182889" bIns="91445" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US"/>
+              <a:rPr lang="mi-NZ"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1600200"/>
-            <a:ext cx="8229600" cy="4525963"/>
+            <a:off x="1676509" y="3651673"/>
+            <a:ext cx="21032570" cy="8703684"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+          <a:bodyPr vert="horz" lIns="182889" tIns="91445" rIns="182889" bIns="91445" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US"/>
+              <a:rPr lang="mi-NZ"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="en-US"/>
+              <a:rPr lang="mi-NZ"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="en-US"/>
+              <a:rPr lang="mi-NZ"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="en-US"/>
+              <a:rPr lang="mi-NZ"/>
               <a:t>Fourth level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="en-US"/>
+              <a:rPr lang="mi-NZ"/>
               <a:t>Fifth level</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="6356350"/>
-            <a:ext cx="2133600" cy="365125"/>
+            <a:off x="1676509" y="12714173"/>
+            <a:ext cx="5486757" cy="730335"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:bodyPr vert="horz" lIns="182889" tIns="91445" rIns="182889" bIns="91445" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1200">
+              <a:defRPr sz="2400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{5E8EAF8B-5469-49AA-BDA6-1FC6B1AFAE56}" type="datetime1">
+            <a:fld id="{9E69A4B6-357F-944F-ACC9-958689701F63}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>2/25/2025</a:t>
+              <a:t>2/19/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3124200" y="6356350"/>
-            <a:ext cx="2895600" cy="365125"/>
+            <a:off x="8077726" y="12714173"/>
+            <a:ext cx="8230136" cy="730335"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:bodyPr vert="horz" lIns="182889" tIns="91445" rIns="182889" bIns="91445" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1200">
+              <a:defRPr sz="2400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6553200" y="6356350"/>
-            <a:ext cx="2133600" cy="365125"/>
+            <a:off x="18475471" y="12155286"/>
+            <a:ext cx="5486757" cy="730335"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:bodyPr vert="horz" lIns="182889" tIns="91445" rIns="182889" bIns="91445" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
-              <a:defRPr sz="1200">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:defRPr sz="4000">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
+            <a:fld id="{F6D694B2-4C02-614A-9D20-5089336A2867}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2005196908"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
-  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:clrMap bg1="dk1" tx1="lt1" bg2="dk2" tx2="lt2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2147483649" r:id="rId1"/>
-[...9 lines deleted...]
-    <p:sldLayoutId id="2147483659" r:id="rId11"/>
+    <p:sldLayoutId id="2147483673" r:id="rId1"/>
+    <p:sldLayoutId id="2147483649" r:id="rId2"/>
+    <p:sldLayoutId id="2147483674" r:id="rId3"/>
+    <p:sldLayoutId id="2147483670" r:id="rId4"/>
   </p:sldLayoutIdLst>
-  <p:hf sldNum="0" hdr="0" dt="0"/>
   <p:txStyles>
     <p:titleStyle>
-      <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl1pPr algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
-        <a:defRPr sz="4400" kern="1200">
+        <a:defRPr sz="8800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
-      <a:lvl1pPr marL="342900" indent="-342900" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl1pPr marL="457223" indent="-457223" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="20000"/>
+          <a:spcPts val="2000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:buFont typeface="Arial"/>
         <a:buChar char="•"/>
-        <a:defRPr sz="3200" kern="1200">
+        <a:defRPr sz="5600" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marL="742950" indent="-285750" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl2pPr marL="1371669" indent="-457223" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="20000"/>
+          <a:spcPts val="1000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="2800" kern="1200">
+        <a:buFont typeface="Arial"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="4800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl3pPr marL="2286114" indent="-457223" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="20000"/>
+          <a:spcPts val="1000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:buFont typeface="Arial"/>
         <a:buChar char="•"/>
-        <a:defRPr sz="2400" kern="1200">
+        <a:defRPr sz="4000" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl4pPr marL="3200560" indent="-457223" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="20000"/>
+          <a:spcPts val="1000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="2000" kern="1200">
+        <a:buFont typeface="Arial"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="3600" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl5pPr marL="4115006" indent="-457223" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="20000"/>
+          <a:spcPts val="1000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="2000" kern="1200">
+        <a:buFont typeface="Arial"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="3600" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl6pPr marL="5029451" indent="-457223" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="20000"/>
+          <a:spcPts val="1000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:buFont typeface="Arial"/>
         <a:buChar char="•"/>
-        <a:defRPr sz="2000" kern="1200">
+        <a:defRPr sz="3600" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl7pPr marL="5943897" indent="-457223" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="20000"/>
+          <a:spcPts val="1000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:buFont typeface="Arial"/>
         <a:buChar char="•"/>
-        <a:defRPr sz="2000" kern="1200">
+        <a:defRPr sz="3600" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl8pPr marL="6858343" indent="-457223" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="20000"/>
+          <a:spcPts val="1000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:buFont typeface="Arial"/>
         <a:buChar char="•"/>
-        <a:defRPr sz="2000" kern="1200">
+        <a:defRPr sz="3600" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl9pPr marL="7772789" indent="-457223" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
         <a:spcBef>
-          <a:spcPct val="20000"/>
+          <a:spcPts val="1000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+        <a:buFont typeface="Arial"/>
         <a:buChar char="•"/>
-        <a:defRPr sz="2000" kern="1200">
+        <a:defRPr sz="3600" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:bodyStyle>
     <p:otherStyle>
       <a:defPPr>
         <a:defRPr lang="en-US"/>
       </a:defPPr>
-      <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl1pPr marL="0" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="3600" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl2pPr marL="914446" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="3600" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl3pPr marL="1828891" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="3600" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl4pPr marL="2743337" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="3600" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl5pPr marL="3657783" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="3600" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl6pPr marL="4572229" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="3600" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl7pPr marL="5486674" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="3600" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl8pPr marL="6401120" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="3600" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-        <a:defRPr sz="1800" kern="1200">
+      <a:lvl9pPr marL="7315566" algn="l" defTabSz="1828891" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="3600" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bit.ly/workplace-bullying-NZ" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.massey.ac.nz/massey/fms/school_of_management/HWG/The%202020%20New%20Zealand%20Workplace%20Barometer%20Report%20FINAL.pdf?5D42AA029903C7C6B61C5F948507BCE6" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.avb.2023.101908" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pinkshirtday.org.nz/about" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tikatangata.org.nz/our-work/report-counting-the-cost-estimating-the-economic-cost-of-workplace-bullying-and-harassment-on-nz-employers" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pinkshirtday.org.nz/about/history" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pinkshirtday.org.nz/upstander" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pinkshirtday.org.nz/resources/workplace-toolkit" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijerph20054373" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hrc.co.nz/new-research-shows-high-prevalence-workplace-bullying-and-harassment/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribd.com/document/390420632/Breaking-Barriers-Report" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
-    <p:bg>
-[...6 lines deleted...]
-    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Freeform 2"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3634197" y="1178691"/>
-            <a:ext cx="10567914" cy="5658918"/>
+            <a:off x="3384927" y="9980313"/>
+            <a:ext cx="17615734" cy="2015067"/>
           </a:xfrm>
-          <a:custGeom>
-[...31 lines deleted...]
-          </a:blipFill>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-NZ"/>
+            <a:r>
+              <a:rPr lang="en-NZ"/>
+              <a:t>Bullying prevention quiz for workplaces</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...72 lines deleted...]
-      </p:pic>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4065393511"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
-    <p:bg>
-[...6 lines deleted...]
-    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Freeform 2"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="6" name="Title 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...37 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-NZ"/>
+            <a:r>
+              <a:rPr lang="en-NZ"/>
+              <a:t>Question 9</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="TextBox 3"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="3" name="Subtitle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1372433" y="3141467"/>
-            <a:ext cx="15196934" cy="2131994"/>
+            <a:off x="3048199" y="5127812"/>
+            <a:ext cx="18289191" cy="7566212"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
-            <a:spAutoFit/>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
-[...142 lines deleted...]
-            </a:endParaRPr>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-NZ"/>
+              <a:t>What percentage of workers have experienced a form of cyber abuse?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg2"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>A) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>26%</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg2"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>B) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>41%</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg2"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>C) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>63%</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg2"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>D) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>84%</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3833560098"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
-    <p:bg>
-[...6 lines deleted...]
-    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Freeform 2"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="6" name="Title 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...37 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-NZ" dirty="0"/>
+            <a:r>
+              <a:rPr lang="en-NZ"/>
+              <a:t>Question 10</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="TextBox 3"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="7" name="Subtitle 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="515343" y="2123227"/>
-            <a:ext cx="17259598" cy="913712"/>
+            <a:off x="3048199" y="5655734"/>
+            <a:ext cx="18289191" cy="7271372"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
-            <a:spAutoFit/>
+          <a:bodyPr>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
-[...193 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="en-NZ" sz="5400"/>
+              <a:t>Addressing workplace wellbeing requires a holistic approach. This approach may include</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="5400"/>
+              <a:t>:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="5400"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="5400">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>A) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-NZ" sz="5400"/>
+              <a:t>Clarifying roles and improving communication channels</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="5400"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="5400">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>B) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-NZ" sz="5400"/>
+              <a:t>Creating and fostering a supportive culture</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="5400"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="5400">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>C) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-NZ" sz="5400"/>
+              <a:t>Policy implementation and consistent monitoring of this</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="5400"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="5400">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>D) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="5400"/>
+              <a:t>All of the above</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="736181353"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="AutoShape 2"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="4" name="Title 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="0"/>
-            <a:ext cx="18288000" cy="10287000"/>
+            <a:off x="4148666" y="772689"/>
+            <a:ext cx="16137467" cy="1819014"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...4 lines deleted...]
-          </a:solidFill>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-NZ"/>
+            <a:r>
+              <a:rPr lang="en-NZ" sz="11500"/>
+              <a:t>Answers</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Freeform 3"/>
-[...321 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="5" name="Content Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ftr" sz="quarter" idx="11"/>
+            <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="304800" y="8877300"/>
-            <a:ext cx="16078200" cy="365125"/>
+            <a:off x="1183341" y="3299012"/>
+            <a:ext cx="21909741" cy="9610164"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr numCol="2">
+            <a:normAutofit fontScale="70000" lnSpcReduction="20000"/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...34 lines deleted...]
-            </a:r>
+            <a:pPr marL="540000" lvl="1" indent="-540000" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="130000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="800"/>
+              </a:spcBef>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>B: This is the 17th year Pink Shirt Day has been </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>recognised</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Aotearoa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, with the first Pink Shirt Day taking place in 2009</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>LINK</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4000">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="540000" lvl="1" indent="-540000" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="130000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="800"/>
+              </a:spcBef>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>D: Pink Shirt Day is about more than just wearing pink. It’s the day that we come together to celebrate diversity in all its forms, create a kinder </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Aotearoa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, and end bullying, harassment and discrimination. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>LINK</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4000">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="540000" lvl="1" indent="-540000" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="130000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="800"/>
+              </a:spcBef>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>A: One in five workers in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Aotearoa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> have experienced workplace bullying in the last 12 months. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>LINK</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4000">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="540000" lvl="1" indent="-540000" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="130000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="800"/>
+              </a:spcBef>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>1 - Bullying </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>behaviour</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> is repeated, and can involve a range of actions over time. 2 - The </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>behaviour</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> must be unreasonable - actions that a reasonable person in the same circumstances would see as unreasonable. This includes </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>victimising</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, humiliating, intimidating or threatening a person. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId5"/>
+              </a:rPr>
+              <a:t>LINK</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4000">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="540000" lvl="1" indent="-540000" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="130000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="800"/>
+              </a:spcBef>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>B: Only 24% of workers who reported experiencing workplace bullying or harassment raised a formal complaint. The top reasons provided for not making a complaint or seeking support were feeling that it wouldn’t make a difference (34%), concerns about the impact that reporting the issue would have on their job/career (29%) or that reporting the issue would make the situation worse (29%). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>LINK</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="540000" lvl="1" indent="-540000" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="130000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="800"/>
+              </a:spcBef>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>FALSE: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Upstanders</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> can play a key role in stopping bullying. Using your words and actions to support someone who is being bullied can make a huge difference. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId6"/>
+              </a:rPr>
+              <a:t>LINK</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="540000" lvl="1" indent="-540000" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="130000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="800"/>
+              </a:spcBef>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>B: Bullying costs employers in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Aotearoa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> $1.34 billion every year. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId7"/>
+              </a:rPr>
+              <a:t>LINK</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4000">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="540000" lvl="1" indent="-540000" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="130000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="800"/>
+              </a:spcBef>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>FALSE: Bullying not only impacts those being bullied, but also bystanders. Witnessing bullying is associated with negative psychological outcomes, including increased mental health issues such as anxiety and depression. Witnesses often experience reduced job satisfaction and increased intent to leave their job. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId8"/>
+              </a:rPr>
+              <a:t>LINK</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4000">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="540000" lvl="1" indent="-540000" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="130000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="800"/>
+              </a:spcBef>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>D: 84% of those surveyed had experienced cyber abuse, and 48% more than one form of it. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId9"/>
+              </a:rPr>
+              <a:t>LINK</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4000">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="540000" lvl="1" indent="-540000" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="130000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="800"/>
+              </a:spcBef>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>D: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-NZ" sz="4000">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Some organisational structures and management practices can create environments where bullying is more likely to occur. Therefore, it is important to address bullying from a holistic level where changes are seen across the organisational design</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId10"/>
+              </a:rPr>
+              <a:t>LINK</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4000">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="720743307"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Freeform 2"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="6" name="Title 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...37 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-NZ"/>
+            <a:r>
+              <a:rPr lang="en-NZ"/>
+              <a:t>Question 1</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="TextBox 3"/>
-[...398 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="7" name="Subtitle 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ftr" sz="quarter" idx="11"/>
+            <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="762000" y="9334500"/>
-            <a:ext cx="16459200" cy="365125"/>
+            <a:off x="3048199" y="5655733"/>
+            <a:ext cx="18289191" cy="6267325"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="l"/>
-[...26 lines deleted...]
-              <a:t>  </a:t>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>What year did Pink Shirt Day first </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" sz="1800" b="0" i="0" dirty="0">
-[...5 lines deleted...]
-              </a:rPr>
+              <a:rPr lang="en-US"/>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-              <a:t>3. D’Souza, N., Blackwood, K., &amp; Forsyth, D. (2018). Breaking barriers: a report on cyber abuse in New Zealand workers. [Auckland]: Massey University. Retrieved from https://www.scribd.com/document/390420632/Breaking-Barriers-Report</a:t>
+              <a:rPr lang="en-US"/>
+              <a:t>take place in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" err="1"/>
+              <a:t>Aotearoa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg2"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>A) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>2006</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg2"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>B) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>2009</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg2"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>C) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>2012</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1108754084"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
-    <p:bg>
-[...6 lines deleted...]
-    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Freeform 2"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="6" name="Title 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...37 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-NZ" dirty="0"/>
+            <a:r>
+              <a:rPr lang="en-NZ"/>
+              <a:t>Question 2</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="TextBox 4"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="7" name="Subtitle 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1295400" y="2705100"/>
-            <a:ext cx="15392400" cy="1067600"/>
+            <a:off x="3048199" y="5655734"/>
+            <a:ext cx="19152235" cy="6499552"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
-            <a:spAutoFit/>
+          <a:bodyPr vert="horz" lIns="182889" tIns="91445" rIns="182889" bIns="91445" rtlCol="0" anchor="t">
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
-[...14 lines deleted...]
-              <a:t>How long has Pink Shirt Day been running for in Aotearoa?</a:t>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Pink Shirt Day is about coming together to:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>A) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Celebrate diversity in all its forms</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>B) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Prevent bullying, harassment and discrimination</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>C) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Create a kinder Aotearoa</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>D) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>All of the above</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...173 lines deleted...]
-      </p:pic>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2542542645"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
-    <p:bg>
-[...6 lines deleted...]
-    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Freeform 2"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="6" name="Title 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...37 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-NZ" dirty="0"/>
+            <a:r>
+              <a:rPr lang="en-NZ"/>
+              <a:t>Question 3</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="TextBox 5"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="3" name="Subtitle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1685817" y="4097756"/>
-            <a:ext cx="14916365" cy="1077218"/>
+            <a:off x="3048199" y="5127812"/>
+            <a:ext cx="18289191" cy="7566212"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
-            <a:spAutoFit/>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
-[...32 lines deleted...]
-              <a:t>?</a:t>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>___ in five workers in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" err="1"/>
+              <a:t>Aotearoa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t> have experienced workplace bullying in the last </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>12 months. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg2"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>A) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>One</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg2"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>B) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Two</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg2"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>C) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Three</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...87 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="894863746"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3675490178"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
-    <p:bg>
-[...6 lines deleted...]
-    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Freeform 2"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="6" name="Title 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...37 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-NZ"/>
+            <a:r>
+              <a:rPr lang="en-NZ"/>
+              <a:t>Question 4</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="TextBox 4"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="7" name="Subtitle 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...7 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
-[...27 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>For a </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" err="1"/>
+              <a:t>behaviour</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t> to be considered bullying, what two factors should be present?</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-NZ"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...75 lines deleted...]
-      </p:pic>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2594386804"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
-    <p:bg>
-[...6 lines deleted...]
-    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Freeform 2"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="6" name="Title 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...37 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-NZ"/>
+            <a:r>
+              <a:rPr lang="en-NZ"/>
+              <a:t>Question 5</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="TextBox 3"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="3" name="Subtitle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2743200" y="2375894"/>
-            <a:ext cx="12344400" cy="1067600"/>
+            <a:off x="3048199" y="5127812"/>
+            <a:ext cx="18289191" cy="7566212"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
-            <a:spAutoFit/>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
-[...14 lines deleted...]
-              <a:t>Cyberbullying is:</a:t>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-NZ"/>
+              <a:t>What percentage of NZ workers who reported experiencing workplace bullying or harassment raised a formal complaint?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg2"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>A) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>51%</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg2"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>B) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>24%</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg2"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>C) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>19%</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...164 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2419917642"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1898576300"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
-    <p:bg>
-[...6 lines deleted...]
-    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Freeform 2"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="6" name="Title 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...37 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-NZ" dirty="0"/>
+            <a:r>
+              <a:rPr lang="en-NZ"/>
+              <a:t>Question 6</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="TextBox 3"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="7" name="Subtitle 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...7 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
-[...119 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="en-NZ" b="1"/>
+              <a:t>True or False?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-NZ"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-NZ"/>
+              <a:t>Being an </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-NZ" err="1"/>
+              <a:t>Upstander</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-NZ"/>
+              <a:t> does not help </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-NZ"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-NZ"/>
+              <a:t>someone who is being bullied.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="855834506"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="89017743"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
-    <p:bg>
-[...6 lines deleted...]
-    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Freeform 2"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="6" name="Title 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...37 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-NZ"/>
+            <a:r>
+              <a:rPr lang="en-NZ"/>
+              <a:t>Question 7</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="TextBox 3"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="7" name="Subtitle 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...7 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
-            <a:spAutoFit/>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
-[...111 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="en-NZ"/>
+              <a:t>How much does bullying in the workplace cost employers in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-NZ" err="1"/>
+              <a:t>Aotearoa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-NZ"/>
+              <a:t> each year</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg2"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>A) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>$45.72 million</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg2"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>B) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>$1.34 billion</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:solidFill>
+                  <a:schemeClr val="bg2"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>C) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>$7.42 million</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="390475760"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
-    <p:bg>
-[...6 lines deleted...]
-    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Freeform 2"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="6" name="Title 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...37 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-NZ"/>
+            <a:r>
+              <a:rPr lang="en-NZ"/>
+              <a:t>Question 8</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="TextBox 3"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="7" name="Subtitle 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...7 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
-            <a:spAutoFit/>
+          <a:bodyPr>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
-[...120 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="en-NZ" b="1"/>
+              <a:t>True or False?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-NZ"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-NZ"/>
+              <a:t>Bullying only affects the </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-NZ"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-NZ"/>
+              <a:t>person being bullied</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3985553663"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
-[...211 lines deleted...]
-
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="PSD2026">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="3F3B39"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="EE3378"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="F289B7"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="FDED9D"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="EE3378"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="3F3B39"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="F289B7"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B3426"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="A5CDD3"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="EE3378"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="F289B7"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="PSD 2026">
       <a:majorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Atrament"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
-[...27 lines deleted...]
-        <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Asap Italic"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
-[...346 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -8447,118 +4129,410 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="0E2841"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E8E8E8"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="156082"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="E97132"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="196B24"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="0F9ED5"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="A02B93"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="4EA72E"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="467886"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="96607D"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
+</file>
+
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...24 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2c42301b-c6dd-4269-91b9-17c9a1ee7006" xmlns:ns3="629fa9f3-65f0-4f99-94e6-4f6d9e273c92" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="68677a8dddbbc40bdd51371ad178d677" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B84FD6E4ED07F54582C79FFB8031B374" ma:contentTypeVersion="23" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5dc6ce99b2f6e1b89ddbac99bf0bc9cd">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2c42301b-c6dd-4269-91b9-17c9a1ee7006" xmlns:ns3="629fa9f3-65f0-4f99-94e6-4f6d9e273c92" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="378e762510e5f654c782510967702543" ns2:_="" ns3:_="">
     <xsd:import namespace="2c42301b-c6dd-4269-91b9-17c9a1ee7006"/>
     <xsd:import namespace="629fa9f3-65f0-4f99-94e6-4f6d9e273c92"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:ReadbyPA" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:Approval" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:Approved" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2c42301b-c6dd-4269-91b9-17c9a1ee7006" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -8627,50 +4601,55 @@
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Approval" ma:index="27" nillable="true" ma:displayName="Approval " ma:description="Sent to Diego " ma:format="Dropdown" ma:internalName="Approval">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="Needs review  "/>
           <xsd:enumeration value="Sent "/>
           <xsd:enumeration value="Choice 3"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="28" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Approved" ma:index="29" nillable="true" ma:displayName="Approved" ma:format="Dropdown" ma:internalName="Approved">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="Draft"/>
           <xsd:enumeration value="Under review"/>
           <xsd:enumeration value="Approved"/>
         </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="30" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="629fa9f3-65f0-4f99-94e6-4f6d9e273c92" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -8770,139 +4749,161 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Approval xmlns="2c42301b-c6dd-4269-91b9-17c9a1ee7006" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="2c42301b-c6dd-4269-91b9-17c9a1ee7006" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2c42301b-c6dd-4269-91b9-17c9a1ee7006">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <ReadbyPA xmlns="2c42301b-c6dd-4269-91b9-17c9a1ee7006">false</ReadbyPA>
+    <TaxCatchAll xmlns="629fa9f3-65f0-4f99-94e6-4f6d9e273c92" xsi:nil="true"/>
+    <Approved xmlns="2c42301b-c6dd-4269-91b9-17c9a1ee7006" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF532A46-4929-4685-8814-CE19060FEE1A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5D0719E8-AD77-4298-A242-F4A770ED1CD8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="2c42301b-c6dd-4269-91b9-17c9a1ee7006"/>
     <ds:schemaRef ds:uri="629fa9f3-65f0-4f99-94e6-4f6d9e273c92"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F44EDC0-A9A1-42CC-A3A9-0B7FE681B8D1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8EB739FB-66BB-4412-B22F-B46E578E6B57}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C434BCE-DFE0-4867-A269-0DEBDA38E219}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{010A55FF-CCF8-47D4-BE18-90A4D4DCF2DE}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2c42301b-c6dd-4269-91b9-17c9a1ee7006"/>
     <ds:schemaRef ds:uri="629fa9f3-65f0-4f99-94e6-4f6d9e273c92"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <TotalTime></TotalTime>
-  <Words>647</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Custom</PresentationFormat>
-  <Paragraphs>55</Paragraphs>
-  <Slides>13</Slides>
+  <Slides>12</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
-  <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>13</vt:i4>
+        <vt:i4>12</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="14" baseType="lpstr">
+    <vt:vector size="13" baseType="lpstr">
       <vt:lpstr>Office Theme</vt:lpstr>
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
-[...11 lines deleted...]
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>Bullying prevention quiz for workplaces</vt:lpstr>
+      <vt:lpstr>Question 1</vt:lpstr>
+      <vt:lpstr>Question 2</vt:lpstr>
+      <vt:lpstr>Question 3</vt:lpstr>
+      <vt:lpstr>Question 4</vt:lpstr>
+      <vt:lpstr>Question 5</vt:lpstr>
+      <vt:lpstr>Question 6</vt:lpstr>
+      <vt:lpstr>Question 7</vt:lpstr>
+      <vt:lpstr>Question 8</vt:lpstr>
+      <vt:lpstr>Question 9</vt:lpstr>
+      <vt:lpstr>Question 10</vt:lpstr>
+      <vt:lpstr>Answers</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>PSD Bullying Prevention Quiz</dc:title>
-[...1 lines deleted...]
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dc:title>PowerPoint Presentation</dc:title>
+  <dc:creator>Microsoft Office User</dc:creator>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:identifier>DAF3YRRU0ws</dc:identifier>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B84FD6E4ED07F54582C79FFB8031B374</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>